--- v0 (2025-10-17)
+++ v1 (2025-12-09)
@@ -1,54 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1C840824" w14:textId="77777777" w:rsidR="0075548A" w:rsidRDefault="0075548A" w:rsidP="0075548A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A597D">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C8EEE6A" wp14:editId="525D3AE3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>3878580</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>104775</wp:posOffset>
@@ -56,51 +60,51 @@
             <wp:extent cx="1851660" cy="1234440"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21333"/>
                 <wp:lineTo x="21333" y="21333"/>
                 <wp:lineTo x="21333" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1851660" cy="1234440"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -173,244 +177,258 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> Policy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A7C01FE" w14:textId="77777777" w:rsidR="0075548A" w:rsidRPr="00FF5A04" w:rsidRDefault="0075548A" w:rsidP="0075548A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C17C067" w14:textId="77777777" w:rsidR="006D0C45" w:rsidRPr="00C1407E" w:rsidRDefault="006D0C45" w:rsidP="006D0C45">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21654973" w14:textId="77777777" w:rsidR="006D0C45" w:rsidRPr="00C1407E" w:rsidRDefault="00C1407E" w:rsidP="0075548A">
+    <w:p w14:paraId="21654973" w14:textId="56E3E3F8" w:rsidR="006D0C45" w:rsidRPr="00C1407E" w:rsidRDefault="000C74BE" w:rsidP="0075548A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF5A04">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Purpose and Scope of Policy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF50F97" w14:textId="2B7E449F" w:rsidR="0075548A" w:rsidRDefault="0075548A" w:rsidP="0075548A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>SCBF</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F540C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is committed to en</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>suring</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F540C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> equality, diversity and inclusion among our </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">employees, volunteers, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>individuals</w:t>
+      </w:r>
+      <w:r w:rsidR="00352257">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r w:rsidR="00632258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any organisation who is awarded a grant under the Viking Community Fund's Scheme</w:t>
+      </w:r>
+      <w:r w:rsidR="008220BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00632258">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or any other support programme managed by SCBF</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.  We are committed to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F540C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>preventing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F540C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unlawful discrimination</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the grounds of gender, age, disability, marital status, sexual orientation, religion and race in the provision of all services undertaken.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E87F0C" w14:textId="1ED40222" w:rsidR="008D0C8A" w:rsidRPr="00F540C5" w:rsidRDefault="00D42190" w:rsidP="0075548A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Any individual, business or other organisation undertaking work on behalf of</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SCBF</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0663">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0663">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nd those in receipt of a grant</w:t>
+      </w:r>
+      <w:r w:rsidR="008177E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also expected to abide by this policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5763FABB" w14:textId="0C0205E8" w:rsidR="0075548A" w:rsidRPr="0075548A" w:rsidRDefault="004A08A3" w:rsidP="0075548A">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Purpose and Scope of Policy</w:t>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...165 lines deleted...]
-        <w:t>The policy’s purpose is to:</w:t>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The policy’s purpose is to: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3196C0D6" w14:textId="27CCFA97" w:rsidR="0075548A" w:rsidRPr="001B5D87" w:rsidRDefault="0075548A" w:rsidP="0075548A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="001B5D87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">rovide equality, fairness and respect for all in our employment, whether voluntary, temporary, part-time or full-time and </w:t>
@@ -486,66 +504,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="001B5D87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ppose and avoid all forms of unlawful discrimination. This includes in pay and benefits, terms and conditions of employment, dealing with grievances and discipline, dismissal, redundancy, leave for parents, requests for flexible working, and selection for employment, promotion, training or other developmental opportunities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001B5D87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E1E5D5F" w14:textId="77777777" w:rsidR="0075548A" w:rsidRPr="0075548A" w:rsidRDefault="0075548A" w:rsidP="0075548A">
+    <w:p w14:paraId="6E1E5D5F" w14:textId="3CF4F91F" w:rsidR="0075548A" w:rsidRPr="0075548A" w:rsidRDefault="004A08A3" w:rsidP="0075548A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0075548A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">SCBF commits to: </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>SCBF commits to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DF0F442" w14:textId="6E3A90D9" w:rsidR="0075548A" w:rsidRDefault="0075548A" w:rsidP="0075548A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075548A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Encourage equality, diversity and inclusion </w:t>
       </w:r>
       <w:r w:rsidR="00632258">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">in all its work and by all successful applicants for grant awards. </w:t>
@@ -594,82 +614,76 @@
         <w:t>agrees to – promote equality and inclusion and does not incite or attempt to incite others to practice direct or indirect discrimination</w:t>
       </w:r>
       <w:r w:rsidR="005C1111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FD74D6F" w14:textId="3E389CA5" w:rsidR="0075548A" w:rsidRPr="0075548A" w:rsidRDefault="0075548A" w:rsidP="0075548A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075548A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Create</w:t>
       </w:r>
       <w:r w:rsidR="00632258">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and support</w:t>
       </w:r>
       <w:r w:rsidRPr="0075548A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> working environment</w:t>
       </w:r>
       <w:r w:rsidR="00632258">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0075548A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> free of bullying, harassment, victimisation and unlawful discrimination, promoting dignity and respect for all, and where </w:t>
-[...6 lines deleted...]
-        <w:t>individual differences and the contributions of all staff</w:t>
+        <w:t xml:space="preserve"> free of bullying, harassment, victimisation and unlawful discrimination, promoting dignity and respect for all, and where individual differences and the contributions of all staff</w:t>
       </w:r>
       <w:r w:rsidR="00AF784B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, volunteers and users of projects that are supported by SCBF</w:t>
       </w:r>
       <w:r w:rsidRPr="0075548A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> are recognised and valued.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41C283C6" w14:textId="77777777" w:rsidR="0075548A" w:rsidRPr="0075548A" w:rsidRDefault="0075548A" w:rsidP="007C42CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -703,67 +717,69 @@
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075548A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Take seriously complaints of bullying, harassment, victimisation and unlawful discrimination by fellow employees, visitors, the public and any others in the course</w:t>
       </w:r>
       <w:r w:rsidR="00D230F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0075548A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>of the organisation’s work activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="376248BC" w14:textId="4E66FE0E" w:rsidR="009B69CB" w:rsidRPr="00581498" w:rsidRDefault="009B69CB" w:rsidP="009B69CB">
+    <w:p w14:paraId="376248BC" w14:textId="2193646F" w:rsidR="009B69CB" w:rsidRPr="00581498" w:rsidRDefault="00CC3731" w:rsidP="009B69CB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00581498">
-[...5 lines deleted...]
-        <w:t>Protecting Vulnerable Groups (PVG) Scheme</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protecting Vulnerable Groups (PVG) Scheme </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06AB0F2E" w14:textId="3BA28641" w:rsidR="00A15C52" w:rsidRPr="00581498" w:rsidRDefault="00A15C52" w:rsidP="009060A1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00581498">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>We will request a Protection of Vulnerable Groups (PVG) Scheme Membership record where it is necessary and relevant to the position or application for support.  We will make this clear in the application / enrolment form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2540A035" w14:textId="3E97DE45" w:rsidR="008E1344" w:rsidRDefault="008E1344" w:rsidP="00DB5F7C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -781,64 +797,96 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>No individual fully listed as unsuitable to work with children under the terms of the Protection of Vulnerable Groups (Scotland) Act 2007 will be appointed or given assistance or support</w:t>
       </w:r>
       <w:r w:rsidRPr="00E039D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6336CA51" w14:textId="77777777" w:rsidR="00DB5F7C" w:rsidRPr="00DB5F7C" w:rsidRDefault="00DB5F7C" w:rsidP="00DB5F7C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AF005B9" w14:textId="515BA732" w:rsidR="00581498" w:rsidRDefault="00581498" w:rsidP="009060A1">
+    <w:p w14:paraId="2AF005B9" w14:textId="031B7360" w:rsidR="00581498" w:rsidRDefault="00CC3731" w:rsidP="009060A1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00581498">
-[...5 lines deleted...]
-        <w:t>Document review and monitoring</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Docume</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61319">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>t Review and monitoring</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43FB3588" w14:textId="324650C3" w:rsidR="0075548A" w:rsidRPr="009060A1" w:rsidRDefault="00C60F60" w:rsidP="009060A1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="ComicSansMS" w:hAnsi="ComicSansMS" w:cs="ComicSansMS"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">SCBF recognise that </w:t>
       </w:r>
       <w:r w:rsidR="00A8058B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">promoting equality, diversity and </w:t>
       </w:r>
@@ -865,64 +913,66 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>annually as a minimum.</w:t>
       </w:r>
       <w:r w:rsidR="0075548A" w:rsidRPr="00F540C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009060A1" w:rsidRPr="009060A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>We will monitor the success and impact of this policy to ensure that SCBF practices and promotes equal opportunities</w:t>
       </w:r>
       <w:r w:rsidR="009060A1">
         <w:rPr>
           <w:rFonts w:ascii="ComicSansMS" w:hAnsi="ComicSansMS" w:cs="ComicSansMS"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17416CF6" w14:textId="77777777" w:rsidR="00C1407E" w:rsidRPr="00C1407E" w:rsidRDefault="00C1407E" w:rsidP="0075548A">
+    <w:p w14:paraId="17416CF6" w14:textId="5BF7A09A" w:rsidR="00C1407E" w:rsidRPr="00C1407E" w:rsidRDefault="006D3D4B" w:rsidP="0075548A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C1407E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Raising a complaint</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43FDE8F1" w14:textId="05B89570" w:rsidR="00C1407E" w:rsidRDefault="00C1407E" w:rsidP="00C1407E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C1407E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anyone</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -994,134 +1044,146 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">complaints </w:t>
       </w:r>
       <w:r w:rsidRPr="00F540C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>polic</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00F540C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> can be found at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00485927">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
           </w:rPr>
           <w:t>www.scbf.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3CFC77DB" w14:textId="46AE8AE3" w:rsidR="00491E0E" w:rsidRDefault="00491E0E"/>
     <w:p w14:paraId="6A4041B9" w14:textId="19BF2DB3" w:rsidR="00221936" w:rsidRPr="00221936" w:rsidRDefault="00221936">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00221936">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Document issue date – February 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C7D61A2" w14:textId="6CB8F387" w:rsidR="00221936" w:rsidRPr="00221936" w:rsidRDefault="00221936">
+    <w:p w14:paraId="6C7D61A2" w14:textId="040A128C" w:rsidR="00221936" w:rsidRPr="00221936" w:rsidRDefault="00221936">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00221936">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Document review date – </w:t>
       </w:r>
+      <w:r w:rsidR="003B4948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>November</w:t>
+      </w:r>
       <w:r w:rsidR="00D6437E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>December 2025</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4948">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00221936" w:rsidRPr="00221936" w:rsidSect="00BE04E0">
-      <w:footerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18A3B68E" w14:textId="77777777" w:rsidR="00AA7ECC" w:rsidRDefault="00AA7ECC">
+    <w:p w14:paraId="7F934CEE" w14:textId="77777777" w:rsidR="00960858" w:rsidRDefault="00960858">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03E451B8" w14:textId="77777777" w:rsidR="00AA7ECC" w:rsidRDefault="00AA7ECC">
+    <w:p w14:paraId="4F718082" w14:textId="77777777" w:rsidR="00960858" w:rsidRDefault="00960858">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1155,51 +1217,51 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ComicSansMS">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6ED082CC" w14:textId="1C8F9C85" w:rsidR="00DB5F7C" w:rsidRPr="00DB5F7C" w:rsidRDefault="00DB5F7C" w:rsidP="00E6548A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="8052"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00DB5F7C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>SCBF Equality, Diversity and Inclusion Policy</w:t>
     </w:r>
     <w:r w:rsidR="00E6548A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
@@ -1253,51 +1315,51 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3EB30E8E" w14:textId="56558C7E" w:rsidR="00DB5F7C" w:rsidRPr="00DB5F7C" w:rsidRDefault="00221936">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Version 1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="51810E27" w14:textId="77777777" w:rsidR="00D6437E" w:rsidRPr="002C353A" w:rsidRDefault="009A48AB" w:rsidP="00BE04E0">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i/>
         <w:color w:val="1D1D1D"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002C353A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i/>
         <w:color w:val="1D1D1D"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>________________________________________________________________________________</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5F08CC34" w14:textId="77777777" w:rsidR="00D6437E" w:rsidRPr="002C353A" w:rsidRDefault="009A48AB" w:rsidP="00BE04E0">
@@ -1601,76 +1663,76 @@
   </w:p>
   <w:p w14:paraId="57EBB13E" w14:textId="77777777" w:rsidR="00D6437E" w:rsidRPr="001A2D47" w:rsidRDefault="00D6437E" w:rsidP="00BE04E0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Arial" w:cs="Times New Roman"/>
         <w:color w:val="1D1D1D"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="07FB800D" w14:textId="77777777" w:rsidR="00D6437E" w:rsidRDefault="00D6437E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F47E7B5" w14:textId="77777777" w:rsidR="00AA7ECC" w:rsidRDefault="00AA7ECC">
+    <w:p w14:paraId="35F8E517" w14:textId="77777777" w:rsidR="00960858" w:rsidRDefault="00960858">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="024B932D" w14:textId="77777777" w:rsidR="00AA7ECC" w:rsidRDefault="00AA7ECC">
+    <w:p w14:paraId="55F5EDA8" w14:textId="77777777" w:rsidR="00960858" w:rsidRDefault="00960858">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00B415FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="661E2526"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2441,175 +2503,184 @@
   <w:num w:numId="1" w16cid:durableId="1022513966">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="638270910">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1676112473">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="60451342">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="413212197">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1265066254">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1284650240">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0075548A"/>
     <w:rsid w:val="000245E0"/>
     <w:rsid w:val="000663C7"/>
     <w:rsid w:val="00087F52"/>
+    <w:rsid w:val="000C74BE"/>
     <w:rsid w:val="00136BA0"/>
     <w:rsid w:val="0018213F"/>
     <w:rsid w:val="00194E03"/>
     <w:rsid w:val="001C5B02"/>
     <w:rsid w:val="001D07FC"/>
     <w:rsid w:val="001E144D"/>
     <w:rsid w:val="00221936"/>
     <w:rsid w:val="00222BE4"/>
     <w:rsid w:val="002F2A8E"/>
     <w:rsid w:val="00343C21"/>
     <w:rsid w:val="00352257"/>
     <w:rsid w:val="00357345"/>
+    <w:rsid w:val="003B4948"/>
     <w:rsid w:val="00433E0C"/>
     <w:rsid w:val="00491E0E"/>
+    <w:rsid w:val="004A08A3"/>
     <w:rsid w:val="00581498"/>
     <w:rsid w:val="005C1111"/>
     <w:rsid w:val="00632258"/>
     <w:rsid w:val="00663831"/>
     <w:rsid w:val="00680E25"/>
     <w:rsid w:val="006D0C45"/>
+    <w:rsid w:val="006D3D4B"/>
     <w:rsid w:val="00704FE8"/>
     <w:rsid w:val="00741355"/>
     <w:rsid w:val="0075548A"/>
     <w:rsid w:val="00782550"/>
     <w:rsid w:val="00795A8B"/>
     <w:rsid w:val="007A6FE9"/>
+    <w:rsid w:val="007C193B"/>
     <w:rsid w:val="007C42CC"/>
     <w:rsid w:val="00812CD8"/>
     <w:rsid w:val="008167F2"/>
     <w:rsid w:val="008177E5"/>
     <w:rsid w:val="008220BA"/>
     <w:rsid w:val="00886EE2"/>
     <w:rsid w:val="008C3B96"/>
     <w:rsid w:val="008D0C8A"/>
     <w:rsid w:val="008E1344"/>
     <w:rsid w:val="009060A1"/>
     <w:rsid w:val="00911A38"/>
     <w:rsid w:val="009420E2"/>
+    <w:rsid w:val="00960858"/>
     <w:rsid w:val="0099142F"/>
     <w:rsid w:val="009A48AB"/>
     <w:rsid w:val="009B69CB"/>
     <w:rsid w:val="009E2872"/>
     <w:rsid w:val="009F35B4"/>
     <w:rsid w:val="00A11FAD"/>
     <w:rsid w:val="00A15C52"/>
     <w:rsid w:val="00A337B4"/>
     <w:rsid w:val="00A8058B"/>
     <w:rsid w:val="00AA7ECC"/>
     <w:rsid w:val="00AF784B"/>
     <w:rsid w:val="00B55BED"/>
     <w:rsid w:val="00BD27C5"/>
     <w:rsid w:val="00C1407E"/>
     <w:rsid w:val="00C60F60"/>
+    <w:rsid w:val="00C61319"/>
+    <w:rsid w:val="00CC3731"/>
     <w:rsid w:val="00CE0922"/>
     <w:rsid w:val="00CF7732"/>
     <w:rsid w:val="00D230F6"/>
     <w:rsid w:val="00D42190"/>
     <w:rsid w:val="00D56B42"/>
     <w:rsid w:val="00D6437E"/>
     <w:rsid w:val="00DB2514"/>
     <w:rsid w:val="00DB5F7C"/>
     <w:rsid w:val="00E02873"/>
     <w:rsid w:val="00E039D2"/>
     <w:rsid w:val="00E16611"/>
     <w:rsid w:val="00E6548A"/>
     <w:rsid w:val="00E67E53"/>
     <w:rsid w:val="00EA63FE"/>
     <w:rsid w:val="00EC30A7"/>
     <w:rsid w:val="00F06B63"/>
     <w:rsid w:val="00F142D5"/>
     <w:rsid w:val="00F51AA9"/>
+    <w:rsid w:val="00F84E37"/>
     <w:rsid w:val="00F95A29"/>
     <w:rsid w:val="00FF0663"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="00859817"/>
   <w15:docId w15:val="{CD9579DA-3B7D-4AC2-BC70-6AFE6E89D3DF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2970,51 +3041,50 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0075548A"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
@@ -3211,99 +3281,99 @@
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB5F7C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DB5F7C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1396662784">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1711413127">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1955481821">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scbf.org.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scbf.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3561,71 +3631,327 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="646973ba-dd99-4b86-ace2-d4c7474c1c82" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a3336743-46d3-4d2f-a3f7-9bdfa47dfdd3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010001933191AAF98344A35D461778B2754D" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="59394fda69bfef96cadfbf1e83fb2f14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a3336743-46d3-4d2f-a3f7-9bdfa47dfdd3" xmlns:ns3="646973ba-dd99-4b86-ace2-d4c7474c1c82" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7f33c6396cea94537008ce344bfc48c1" ns2:_="" ns3:_="">
+    <xsd:import namespace="a3336743-46d3-4d2f-a3f7-9bdfa47dfdd3"/>
+    <xsd:import namespace="646973ba-dd99-4b86-ace2-d4c7474c1c82"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a3336743-46d3-4d2f-a3f7-9bdfa47dfdd3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="55a411bc-53b0-4fc7-bd6e-db0bf8f1a7ee" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="646973ba-dd99-4b86-ace2-d4c7474c1c82" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{223fd9b3-b688-49a2-8874-220059fe1260}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="646973ba-dd99-4b86-ace2-d4c7474c1c82">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2DDA83F-30D9-4459-BE5F-D3C028BAF700}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{091DD733-426D-42D5-89D3-9D51CB1D3A7C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03BC1EAE-64B4-4328-B0EB-17AF841F0279}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>604</Words>
-  <Characters>3446</Characters>
+  <Words>582</Words>
+  <Characters>3471</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4042</CharactersWithSpaces>
+  <CharactersWithSpaces>4013</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SCBF-One@outlook.com</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010001933191AAF98344A35D461778B2754D</vt:lpwstr>
+  </property>
+</Properties>
+</file>